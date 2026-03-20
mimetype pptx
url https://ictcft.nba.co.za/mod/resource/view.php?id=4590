--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -1,32 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
@@ -194,63 +194,63 @@
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="59" d="100"/>
-          <a:sy n="59" d="100"/>
+          <a:sx n="77" d="100"/>
+          <a:sy n="77" d="100"/>
         </p:scale>
-        <p:origin x="1500" y="52"/>
+        <p:origin x="1618" y="72"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -414,51 +414,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2396319" y="329308"/>
             <a:ext cx="3086292" cy="309201"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -513,57 +513,57 @@
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4073052912"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Title and Vertical Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -668,51 +668,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -726,57 +726,57 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C1FF6DA9-008F-8B48-92A6-B652298478BF}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="870316743"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Vertical Title and Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -864,51 +864,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -953,57 +953,57 @@
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3123717574"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Title and Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -1077,51 +1077,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1166,57 +1166,57 @@
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1471429142"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Section Header">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -1368,51 +1368,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1457,57 +1457,57 @@
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3697950407"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Two Content">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -1648,51 +1648,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1737,57 +1737,57 @@
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2335796714"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Comparison">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -2107,51 +2107,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2165,57 +2165,57 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C1FF6DA9-008F-8B48-92A6-B652298478BF}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2161054780"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Title Only">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -2268,51 +2268,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2326,100 +2326,100 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C1FF6DA9-008F-8B48-92A6-B652298478BF}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1403142555"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2433,57 +2433,57 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C1FF6DA9-008F-8B48-92A6-B652298478BF}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4210706357"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Content with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -2640,51 +2640,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2729,57 +2729,57 @@
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1177111652"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Picture with Caption">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -3097,51 +3097,51 @@
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1436664" y="5469857"/>
             <a:ext cx="3252420" cy="320123"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1437530" y="318641"/>
             <a:ext cx="3251553" cy="320931"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -3191,57 +3191,57 @@
         <p:style>
           <a:lnRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="71568571"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1003">
         <a:schemeClr val="bg2"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -3477,51 +3477,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="5646542" y="330370"/>
             <a:ext cx="2368292" cy="309201"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5BCAD085-E8A6-8845-BD4E-CB4CCA059FC4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/5/2025</a:t>
+              <a:t>3/2/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1443491" y="329308"/>
             <a:ext cx="4034004" cy="309201"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3580,57 +3580,57 @@
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="389013357"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483661" r:id="rId1"/>
     <p:sldLayoutId id="2147483662" r:id="rId2"/>
     <p:sldLayoutId id="2147483663" r:id="rId3"/>
     <p:sldLayoutId id="2147483664" r:id="rId4"/>
     <p:sldLayoutId id="2147483665" r:id="rId5"/>
     <p:sldLayoutId id="2147483666" r:id="rId6"/>
     <p:sldLayoutId id="2147483667" r:id="rId7"/>
     <p:sldLayoutId id="2147483668" r:id="rId8"/>
     <p:sldLayoutId id="2147483669" r:id="rId9"/>
     <p:sldLayoutId id="2147483670" r:id="rId10"/>
     <p:sldLayoutId id="2147483671" r:id="rId11"/>
   </p:sldLayoutIdLst>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="685800" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3200" b="0" i="0" kern="1200" cap="all">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:effectLst/>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
@@ -4131,57 +4131,57 @@
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Promotes creativity, critical thinking, and problem-solving.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Provides real-world examples aligned with CBC competencies.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -4238,57 +4238,57 @@
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Access to online courses, webinars, and professional teaching communities.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Helps teachers understand new technologies, assessment methods, and pedagogies.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -4336,57 +4336,57 @@
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Internet search is a powerful tool that expands access to information, enhances teaching, and supports independent learning. When teachers and students develop strong search and evaluation skills, they access credible resources, improve lesson quality, and engage more actively in digital learning. Effective searching strengthens education and supports modern classroom practices.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="831952915"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -4434,57 +4434,57 @@
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>The internet has become an essential tool in modern education, offering teachers and students access to a vast range of digital resources. Effective use of internet search engines—such as Google, Bing, and Yahoo—enhances lesson preparation, supports research, and enriches classroom learning experiences. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1633365888"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -4557,57 +4557,57 @@
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Gives easy access to global educational materials not available locally.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Allows teachers to enrich their lessons with real-world cases and current events.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -4644,87 +4644,103 @@
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Internet search empowers teachers to prepare engaging and well-structured lessons.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Helps teachers find lesson plans, learning activities, diagrams, and teaching strategies.</a:t>
+              <a:t>Helps </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>teachers </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>prepare </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>lesson </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>plans, learning activities, diagrams, and teaching strategies.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Enables teachers to find teaching aids such as animations, simulations, or charts.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Allows teachers to compare different teaching approaches globally.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -4791,57 +4807,57 @@
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Helps learners find additional explanations when they did not understand classroom teaching.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Encourages personal research and self-directed learning.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -4908,57 +4924,57 @@
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Helps students differentiate between credible and non-credible sources.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Builds capacity to evaluate accuracy, authorship, publication dates, and bias.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -5025,57 +5041,57 @@
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Offers students multiple perspectives on academic topics.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Develops the ability to analyze, compare, and synthesize information.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -5142,57 +5158,57 @@
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Helps visual and auditory learners understand complex concepts.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Increases learner motivation and curiosity.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -5259,57 +5275,57 @@
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Teachers can collect and share digital materials through WhatsApp, Google Classroom, or Moodle.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="0">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Collaboration with schools outside Tanzania is possible through internet platforms.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Gallery">
   <a:themeElements>
     <a:clrScheme name="Gallery">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="454545"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="DFDBD5"/>
       </a:lt2>
       <a:accent1>
@@ -5531,51 +5547,51 @@
                 <a:shade val="80000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="43000" r="43000" b="100000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Gallery" id="{BBFCD31E-59A1-489D-B089-A3EAD7CAE12E}" vid="{F5E91637-A7B6-4E27-B710-77DA7014EE1E}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Gallery</Template>
   <TotalTime></TotalTime>
-  <Words>571</Words>
+  <Words>567</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (4:3)</PresentationFormat>
   <Paragraphs>49</Paragraphs>
   <Slides>12</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
@@ -5594,37 +5610,37 @@
       <vt:lpstr>Introduction</vt:lpstr>
       <vt:lpstr>Access to Up-to-Date Information and Learning Resources</vt:lpstr>
       <vt:lpstr>Enhances Teacher Preparation and Teaching Effectiveness</vt:lpstr>
       <vt:lpstr>Supports Independent Learning and Learner Autonomy</vt:lpstr>
       <vt:lpstr>Improves Digital Literacy and Search Skills</vt:lpstr>
       <vt:lpstr>Promotes Research Skills and Academic Inquiry</vt:lpstr>
       <vt:lpstr>Enriches Classroom Learning with Multimedia Content</vt:lpstr>
       <vt:lpstr>Facilitates Collaborative Learning and Resource Sharing</vt:lpstr>
       <vt:lpstr>Supports Competency-Based Education (CBE) Implementation</vt:lpstr>
       <vt:lpstr>Supports Continuous Professional Development (CPD)</vt:lpstr>
       <vt:lpstr>Conclusion</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Roles of Internet Search in Teaching and Learning</dc:title>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>This PC</dc:creator>
   <cp:keywords/>
   <dc:description>generated using python-pptx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>